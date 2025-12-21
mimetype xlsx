--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -867,66 +867,66 @@
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Středisko volného času, Ostrava - Zábřeh, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Gurťjevova 1823/8</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Středisko volného času, Ostrava-Zábřeh, p.o.</t>
   </si>
   <si>
+    <t xml:space="preserve">V Zálomu 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava-Zábřeh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Středisko volného času, Ostrava-Zábřeh, p.o.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jaromíra Matuška 26</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">V Zálomu 1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Sundara z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Dvorní 756/9</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>